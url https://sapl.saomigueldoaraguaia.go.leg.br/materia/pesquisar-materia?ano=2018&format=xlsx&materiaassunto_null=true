--- v0 (2026-03-04)
+++ v1 (2026-03-17)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t xml:space="preserve">Ata Sessão Ordinária </t>
   </si>
   <si>
     <t xml:space="preserve">mesa diretora </t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 2.498 DE 07 DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 2.499 DE 01 DE FEVEREIRO DE 2018</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 2.500 DE 02 DE FEVEREIRO DE 2018</t>
   </si>
   <si>
     <t>919</t>
   </si>
@@ -244,235 +244,235 @@
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 2.516 DE 04 DE MAIO DE 2018</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 2.517 DE 07 DE MAIO DE 2018</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">Wellington </t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE CRIAR E DISPONIBILIZAR UM APLICATIVO DE SMARTPHONE PARA FACILITAR AGENDAMENTOS DE CONSULTAS, EXAMES, ACOMPANHAMENTOS, BEM COMO RECEBER RECLAMAÇÕES E SUGESTÕES PARA MELHORARA DO SISTEMA DE SAUDE PÚBLICA DE SÃO MIGUEL DO ARAGUAIA</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE ATRIBUIR A UM PRÉDIO PÚBLICO, RUA, AVENIDA OU PRAÇA O NOME DE DOM. HERIBERTO HERMES</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE REFAZER AS FAIXAS DE PEDESTRE DE FRENTE AOS BANCOS ITAÚ, BRADESCO E CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t xml:space="preserve">Renato Morais </t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE REALIZE A LIMPEZA NA FONTE E NO JARDIM DO NOSSO MONUMENTO "BÍBLIA" LOCALIZADO NA AVENIDA JOSÉ PEREIRA DO NASCIMENTO NA ENTRADA DA CIDADE</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE EMPREENDA ESFORÇOS NO SENTIDO DE GARANTIR A REALIZAÇÃO DO JESMA (JOGOS ESCOLARES DE SÃO MIGUEL DO ARAGUAIA) EM 2018.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t xml:space="preserve">Petrônio  </t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.jpeg</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE SER REALIZADA UMA REFORMA E AMPLIAÇÃO NO PRÉDIO DA SECRETARIA DE SAÚDE._x000D_
 </t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.jpeg</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE SER CONSTRUÍDA UMA COBERTURA DE ESPERA NA ENTRADA DO POSTO DE SAÚDE DO SETOR AEROPORTO.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE APRESENTE UMA PROPOSTA AOS PROFESSORES DA REDE PÚBLICA MUNICIPAL, NO SENTIDO DE CONCEDER REAJUSTE DO PISO SALARIAL QUE ESTÁ DEFASADO EM 25,91%</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE D E REALIZAR REFORMA NA PISCINA DO CENTRO MUNICIPAL DE CONVIVÊNCIA VILA BOA</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE FAÇA UM ESTUDO NO SENTIDO DE CONSTRUIR UMA PISTA DE SKATE NO CANTEIRO CENTRAL</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>INDICAÇÃO AO SENHOR PREFEITO QUE FAÇA A CONTINUIDADE DO PARQUE LINEAR QUE ESTÁ SENDO CONSTRUÍDO NO SETOR CRISTAL PARALELO A RUA 10, DE MODO QUE O MESMO CHEGUE PRÓXIMO A ESCOLA TÉCNICA VALE DO ARAGUAIA</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>Osmar Santana Lacerda</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA/QUEBRA-MOLA)</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que determine ao Setor competente da Prefeitura Municipal que realize os serviços que forem mecessários na Rua 20, expansçao Bela Vista...</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO ENFERMEIRO PADRÃO, NEWBER RODRIGUES PEREIRA, SERVIDOR DO SAMU, PELOS EXCELENTES TRABALHOS PRESTADOS A POPULAÇÃO ATRAVÉS DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU)</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO CONDUTOR, JOSÉ FÁBIO LEITE DA SILVA, SERVIDOR DO SAMU, PELOS EXCELENTES TRABALHOS PRESTADOS A POPULAÇÃO ATRAVÉS DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU)</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A MÉDICA PLANTONISTA, JESSYE CHRISTIE CHAGAS RIBEIRO, SERVIDOR DO SAMU, PELOS EXCELENTES TRABALHOS PRESTADOS A POPULAÇÃO ATRAVÉS DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU)</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A SENHORA LUCIMAR DOS REIS LEÃO PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A SENHORA MARIA FRANCISCA DA SILVA CARVALHO PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO SENHOR DENEVALDO MACHADO DA SILVA PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO SENHOR ANDERSON DA CONCEIÇÃO PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO SENHOR PEDRO LEÃO DA SILVA PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A SENHORA VANUSA ALEIXO DE OLIVEIRA PELA CONSAGRAÇÃO À EVANGELISTA</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO AO SENHOR ADÃO PEDRO MARTINS PEREIRA, PELA FORMATURA NO CURSO DE CIÊNCIAS CONTÁBEIS UNOPAR SÃO MIGUEL DO ARAGUAIA.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A JOVEM CAMILA ARAÚJO REIS, PELA FORMATURA NO CURSO DE ARQUITETURA E URBANISMO DO CENTRO UNIVERSITÁRIO DE ANÁPOLIS</t>
   </si>
   <si>
     <t>1013</t>
   </si>
@@ -740,256 +740,256 @@
   <si>
     <t>Moção de Congratulação ao Sr. Zânzio Dias de Medeiros.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Moção de Congratulação a Dra. Marcella Andrade Mamede Vilela.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Azair</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO SR. MARCOS MOREIRA RIBEIRO. </t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO SR. LUIZ FERNANDO PEREIRA DO NASCIMENTO. </t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>Batista Garcia</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.jpeg</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO SENHOR ABINAIR VARGAS VIEIRA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.jpeg</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO BISPO OÍDES JOSÉ DO CARMO.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.jpeg</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO BISPO ABIGAIL CARLOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO SENHOR JADIR LOPES DE OLIVEIRA</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO PADRE EDILVAN CAVALCANTE MILHOMEM, NA FORMA QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, AO SENHOR RONALDO RAMOS CAIADO</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA AO PASTOR ROMEU IVO DE ALMEIDA</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÍFICO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA A MARIA SANTANA OLIVEIRA DE CARVALHO</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1027/decreto_legislativo.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1027/decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorífica do Município  de São Miguel do Araguaia  à Alaíde Martins Dias de Carvalho, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1037/proj_lei_comp_no_09.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1037/proj_lei_comp_no_09.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar financiamento junto ao Banco Nacional de Desenvolvimento Económico Social - BNDS e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1028/proj_lei_comp_1020181107_08270984.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1028/proj_lei_comp_1020181107_08270984.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alienar bens imóveis de sua propriedade e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>PLCEX</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (origem executivo)</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1079/projeto_de_lei_complementar_010-2018.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1079/projeto_de_lei_complementar_010-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR BENS IMÓVEIS DE SUA PROPRIEDADE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Local a fazer doação de área pública a Prelazia de Cristalândia - Paróquia São Miguel Arcanjo. CNPJ-Nº 01.432.426.0005/00 e dá outras providências</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS/SMA 2018) DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1056/pl_1118_2018.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1056/pl_1118_2018.pdf</t>
   </si>
   <si>
     <t>Reformula o Regime Próprio de Previdência Social  dos Servidores do Município de São Miguel do Araguaia e dá outras providências</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A OBRIGATORIEDADE DE COLOCAÇÃO DE PLACA INDICATIVA DE LOCAÇÃO DE PRÉDIOS E VEÍCULOS UTILIZADOS PELO PODER EXECUTIVO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DA FORMA DO INCISO X,DO ART.37 DA CONSTITUIÇÃO FEDERAL AO VENCIMENTO DOS SERVIDORES PÚBLICOS EFETIVOS E COMISSIONADOS E AO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA A SEMANA MUNICIPAL DA ATIVIDADE FÍSICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTOS DE SEGURANÇA NAS INSTITUIÇÕES BANCÁRIAS E COMERCIAIS DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA-GO E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA 8, DO DISTRITO DE LUIZ ALVES, PARA RUA DR. JOÃO MAURO BONFIM</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 2º DA LEI Nº 240/97 DE 14 DE AGOSTO DE 1997 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE COBRANÇA DE TAXA DE RELIGAÇÃO DE ENERGIA ELÉTRICA E DE ÁGUA NO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA, EM CASO DE CORTE DE FORNECIMENTO POR FALTA DE PAGAMENTO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>1075</t>
   </si>
@@ -1011,309 +1011,309 @@
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>AUTORIZA A UTILIZAÇÃO DE SOM AUTOMOTIVO EM LOCAL DE LAZER ESPECÍFICO.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>FIXA A OBRIGATORIEDADE DE APRESENTAÇÃO DE ARTISTAS LOCAIS NA ABERTURA DOS SHOWS OU EVENTOS MUSICAIS FINANCIADOS POR RECURSOS PÚBLICOS</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem executivo)</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL DE CELEBRAR CONVÊNIO, CONCEDER SUBSÍDIO PATRONAL DE PARTE DAS CONTRIBUIÇÕES ASSISTENCIAIS NOS LIMITE QUE ESPECIFICA JUNTO AO INSTITUTO DE ASSISTÊNCIA DOS SERVIDORES PÚBLICOS DO ESTADO DE GOIÁS - IPASGO</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IX DO ARTIGO 57 DA LEI 557/2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DENTRO DO QUADRO ADMINISTRATIVO DA SECRETARIA DE FINANÇAS NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DDE TRÂNSITO E TRANSPORTE DE SÃO MIGEUL DO ARAGUAIA/ ESTADO DE GOIÁS</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>APROVA PROJETO DE LOTEAMENTO JOÃO SALVINO, AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREAS DE TERRAS DE SUA PROPRIEDADE ÀS FAMÍLIAS DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 876/2018 QUE CRIA CARGOS DENTRO DO QUADRO ADMINISTRATIVO DA SECRETARIA DE FINANÇAS E ACRESCENTA O ANEXO ÚNICO E DÁ OUTRAS</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO EXPANSÃO URBANA A ÁREA DE TERRENO QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LIMPEZA DE TERRENOS BALDIOS DE PARTICULARES E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PARA O EMPLACAMENTO DE VEÍCULOS AUTOMOTORES</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL RPPS, ARAGUAIA PREV.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 2º DA LEI Nº 240/1997 DE 14 DE AGOSTO DE 1997 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 809/2016, DE 30 DE MARÇO DE 2016 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DENTRO DO QUADRO ADMINISTRATIVO DA SECRETARIA DE FINANÇAS NA FORMA QUE ESPECÍFICA</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÕES E DISPÕE SOBRE CONTRATAÇÃO TEMPORÁRIAS EXCLUSIVAS E NECESSÁRIAS S MANUTENÇÃO E FUNCIONAMENTO DO CRAS - CENTRO DE REFERENCIA DE ASSISTÊNCIA SOCIAL, BOLSA FAMÍLIA, SCFV - SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS. ABRIGO PROVISÓRIO E CRINÇA FELIZ DE SÃO MIGUEL DO ARAGUAIA, NOS TERMOS DO ART 37, INCISO IX, DA CONSTITUIÇÃO DE REPÚBLICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA/GOIÁS E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO PODER EXECUTIVO LOCAL PERMUTAR BENS MÓVEIS E/OU SERVIÇOS COM A ASSOCIAÇÃO ATLÉTICA BANCO DO BRASIL, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA GRATIFICAÇÃO ESPECIAL DE FUNÇÃO  GEF, AOS SERVIDORES PÚBLICOS DETENTORES DE CARGOS DE PROVIMENTO EFETIVO QUE DESEMPENHAM A FUNÇÃO NO CENTRO CIRÚRGICO E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 862/2017 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 809/2016 DE 30 DE MARÇO DE 2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PÚBLICA O INSTITUTO MÃO AMIGA</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AO CARGO DE TÉCNICO EM RADIOLOGIA E CRIA TABELA 19-S NO ANEXO I DA LEI Nº 809/2016, DE 30 DE MARÇO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES DE PEQUENO VALOR/RPV, DECORRENTES DE DECISÕES JUDICIAIS, NOS TERMOS DO ART. 100, PARÁGRAFOS 3º E 4º DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 5º E 6º E ACRESCENTA O ARTIGO 7° À LEI MUNICIPAL 870/2018 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO LOCAL A PERMUTAR ÁREAS PÚBLICAS COM O SR. ELIANDRO JUNIOR SABINO, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DA LEI Nº 809/2016 DE 30 DE MARÇO DE 2016 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO LOCAL A FAZER DOAÇÃO DE ÁREA PÚBLICA À TRANS CHAVEIRO EIRELI, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>995</t>
   </si>
@@ -1329,72 +1329,72 @@
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO LOCAL A FAZER DOAÇÃO DE ÁREA PÚBLICA À DIAS NASCIMENTO &amp; SOUSA LTDA, E DÁ OUTRAS PROIVDÊNCIAS</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos adicionais de natureza suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos adicionais de natureza suplementar e dá outras providências</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1050/proj_lei_1114.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1050/proj_lei_1114.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Nº. 870 de 31 de Janeiro de 2018 e dá outras providências</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1046/proj_lei_comp_1.116.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1046/proj_lei_comp_1.116.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º,  da Lei Municipal 227/97, e dá outras providências</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1047/pl_1117_2019.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1047/pl_1117_2019.pdf</t>
   </si>
   <si>
     <t>Cria Pontos de Taxi no Município de São Miguel do Araguaia, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>Alterar o Art. 2º da Lei Municipal nº. 923, de 10 de dezembro de 2018 e dá outras providências</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO LOCAL A FAZER DOAÇÃO DE ÁREA PÚBLICA À M.A SOLDAS E MARCAS LTDA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>2001</t>
   </si>
@@ -1404,51 +1404,51 @@
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO LOCAL A FAZER DOAÇÃO DE ÁREA PÚBLICA À DIASSIS O BÁSICA PARA CONSTRUÇÃO LTDA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO LOCAL A PERMUTAR ÁREAS PÚBLICAS COM O SR. WALTER XAVIER BARBOSA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
+    <t>http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMULA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DO MUNICÍPIO DE SÃO MIGUEL DO ARAGUAIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1755,67 +1755,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1027/decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1037/proj_lei_comp_no_09.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1028/proj_lei_comp_1020181107_08270984.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1079/projeto_de_lei_complementar_010-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1056/pl_1118_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1050/proj_lei_1114.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1046/proj_lei_comp_1.116.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1047/pl_1117_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1027/decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1037/proj_lei_comp_no_09.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1028/proj_lei_comp_1020181107_08270984.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1079/projeto_de_lei_complementar_010-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1056/pl_1118_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1050/proj_lei_1114.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1046/proj_lei_comp_1.116.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/sapl/public/materialegislativa/2018/1047/pl_1117_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoaraguaia.go.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>